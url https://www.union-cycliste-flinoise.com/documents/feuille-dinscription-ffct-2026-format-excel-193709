--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -1591,50 +1591,205 @@
     </xf>
     <xf numFmtId="8" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="8" fontId="11" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="44" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="28" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="45" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="44" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="28" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="45" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="46" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="47" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="48" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="49" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="50" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="51" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="37" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="52" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1646,212 +1801,57 @@
     <xf numFmtId="164" fontId="11" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="5" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="46" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="7" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="9" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...126 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="2" builtinId="8"/>
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -2620,1210 +2620,1210 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ffct.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:V46"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="K30" sqref="K30:L30"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2" style="2" customWidth="1"/>
     <col min="2" max="4" width="16.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="17.85546875" style="2" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" style="2" customWidth="1"/>
     <col min="7" max="10" width="21" style="2" customWidth="1"/>
     <col min="11" max="11" width="2.5703125" style="2" customWidth="1"/>
     <col min="12" max="12" width="18" style="2" customWidth="1"/>
     <col min="13" max="13" width="3.42578125" style="2" customWidth="1"/>
     <col min="14" max="14" width="57.28515625" style="2" customWidth="1"/>
     <col min="15" max="15" width="44.140625" style="2" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B1" s="106" t="s">
+      <c r="B1" s="154" t="s">
         <v>52</v>
       </c>
-      <c r="C1" s="106"/>
-[...2 lines deleted...]
-      <c r="F1" s="105" t="s">
+      <c r="C1" s="154"/>
+      <c r="D1" s="154"/>
+      <c r="E1" s="154"/>
+      <c r="F1" s="153" t="s">
         <v>73</v>
       </c>
-      <c r="G1" s="105"/>
-[...6 lines deleted...]
-      <c r="N1" s="105"/>
+      <c r="G1" s="153"/>
+      <c r="H1" s="153"/>
+      <c r="I1" s="153"/>
+      <c r="J1" s="153"/>
+      <c r="K1" s="153"/>
+      <c r="L1" s="153"/>
+      <c r="M1" s="153"/>
+      <c r="N1" s="153"/>
     </row>
     <row r="2" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="5"/>
       <c r="F2" s="97">
         <v>15</v>
       </c>
-      <c r="G2" s="152" t="s">
+      <c r="G2" s="111" t="s">
         <v>53</v>
       </c>
-      <c r="H2" s="153"/>
-      <c r="I2" s="156" t="s">
+      <c r="H2" s="112"/>
+      <c r="I2" s="115" t="s">
         <v>54</v>
       </c>
-      <c r="J2" s="157"/>
+      <c r="J2" s="116"/>
       <c r="K2" s="84"/>
-      <c r="L2" s="122" t="s">
+      <c r="L2" s="136" t="s">
         <v>48</v>
       </c>
-      <c r="M2" s="123"/>
-      <c r="N2" s="124"/>
+      <c r="M2" s="137"/>
+      <c r="N2" s="138"/>
     </row>
     <row r="3" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="7"/>
       <c r="D3" s="7"/>
       <c r="E3" s="7"/>
       <c r="F3" s="98">
         <v>1</v>
       </c>
-      <c r="G3" s="154"/>
-[...5 lines deleted...]
-      <c r="N3" s="127"/>
+      <c r="G3" s="113"/>
+      <c r="H3" s="114"/>
+      <c r="I3" s="117"/>
+      <c r="J3" s="118"/>
+      <c r="L3" s="139"/>
+      <c r="M3" s="140"/>
+      <c r="N3" s="141"/>
     </row>
     <row r="4" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="9"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="98">
-        <v>24.5</v>
-[...7 lines deleted...]
-      <c r="N4" s="127"/>
+        <v>26.5</v>
+      </c>
+      <c r="G4" s="113"/>
+      <c r="H4" s="114"/>
+      <c r="I4" s="117"/>
+      <c r="J4" s="118"/>
+      <c r="L4" s="139"/>
+      <c r="M4" s="140"/>
+      <c r="N4" s="141"/>
     </row>
     <row r="5" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>69</v>
       </c>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="98">
-        <v>13</v>
-[...7 lines deleted...]
-      <c r="N5" s="130"/>
+        <v>14</v>
+      </c>
+      <c r="G5" s="113"/>
+      <c r="H5" s="114"/>
+      <c r="I5" s="117"/>
+      <c r="J5" s="118"/>
+      <c r="L5" s="142"/>
+      <c r="M5" s="143"/>
+      <c r="N5" s="144"/>
     </row>
     <row r="6" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="10" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="98">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="J6" s="159"/>
+        <v>76.5</v>
+      </c>
+      <c r="G6" s="113"/>
+      <c r="H6" s="114"/>
+      <c r="I6" s="117"/>
+      <c r="J6" s="118"/>
       <c r="L6" s="93"/>
       <c r="M6" s="93"/>
       <c r="N6" s="93"/>
     </row>
     <row r="7" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="10" t="s">
         <v>66</v>
       </c>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="98">
-        <v>51.5</v>
-[...5 lines deleted...]
-      <c r="L7" s="122" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" s="113"/>
+      <c r="H7" s="114"/>
+      <c r="I7" s="119"/>
+      <c r="J7" s="120"/>
+      <c r="L7" s="136" t="s">
         <v>49</v>
       </c>
-      <c r="M7" s="123"/>
-      <c r="N7" s="124"/>
+      <c r="M7" s="137"/>
+      <c r="N7" s="138"/>
     </row>
     <row r="8" spans="2:16" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="10" t="s">
         <v>70</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="98">
         <v>64</v>
       </c>
       <c r="G8" s="101"/>
       <c r="H8" s="102"/>
       <c r="I8" s="103"/>
       <c r="J8" s="104"/>
-      <c r="L8" s="125"/>
-[...1 lines deleted...]
-      <c r="N8" s="127"/>
+      <c r="L8" s="139"/>
+      <c r="M8" s="140"/>
+      <c r="N8" s="141"/>
     </row>
     <row r="9" spans="2:16" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="14"/>
       <c r="F9" s="98">
         <v>32</v>
       </c>
-      <c r="G9" s="165" t="s">
+      <c r="G9" s="124" t="s">
         <v>23</v>
       </c>
-      <c r="H9" s="167" t="s">
+      <c r="H9" s="126" t="s">
         <v>2</v>
       </c>
-      <c r="I9" s="169" t="s">
+      <c r="I9" s="128" t="s">
         <v>23</v>
       </c>
-      <c r="J9" s="171" t="s">
+      <c r="J9" s="130" t="s">
         <v>2</v>
       </c>
-      <c r="L9" s="125"/>
-[...1 lines deleted...]
-      <c r="N9" s="127"/>
+      <c r="L9" s="139"/>
+      <c r="M9" s="140"/>
+      <c r="N9" s="141"/>
     </row>
     <row r="10" spans="2:16" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="15"/>
       <c r="C10" s="16"/>
       <c r="D10" s="16"/>
       <c r="E10" s="17"/>
       <c r="F10" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="G10" s="166"/>
-[...5 lines deleted...]
-      <c r="N10" s="127"/>
+      <c r="G10" s="125"/>
+      <c r="H10" s="127"/>
+      <c r="I10" s="129"/>
+      <c r="J10" s="127"/>
+      <c r="L10" s="139"/>
+      <c r="M10" s="140"/>
+      <c r="N10" s="141"/>
     </row>
     <row r="11" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="18" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="19"/>
-      <c r="F11" s="115">
+      <c r="F11" s="163">
         <v>30</v>
       </c>
       <c r="G11" s="61">
         <f>F11+F4+F2</f>
-        <v>69.5</v>
+        <v>71.5</v>
       </c>
       <c r="H11" s="62">
         <f>F11+F4+F2+F3</f>
-        <v>70.5</v>
+        <v>72.5</v>
       </c>
       <c r="I11" s="61">
         <f>F11+F6+F2</f>
-        <v>121</v>
+        <v>121.5</v>
       </c>
       <c r="J11" s="62">
         <f>F11+F6+F2+F3</f>
-        <v>122</v>
-[...3 lines deleted...]
-      <c r="N11" s="127"/>
+        <v>122.5</v>
+      </c>
+      <c r="L11" s="139"/>
+      <c r="M11" s="140"/>
+      <c r="N11" s="141"/>
     </row>
     <row r="12" spans="2:16" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="21"/>
       <c r="E12" s="22"/>
-      <c r="F12" s="116"/>
+      <c r="F12" s="164"/>
       <c r="G12" s="63">
         <f>F11+F4+F2+F9</f>
-        <v>101.5</v>
+        <v>103.5</v>
       </c>
       <c r="H12" s="64">
         <f>F11+F4+F9+F2+F3</f>
-        <v>102.5</v>
+        <v>104.5</v>
       </c>
       <c r="I12" s="63">
         <f>F11+F6+F9+F2</f>
-        <v>153</v>
+        <v>153.5</v>
       </c>
       <c r="J12" s="64">
         <f>F11+F6+F9+F2+F3</f>
-        <v>154</v>
-[...3 lines deleted...]
-      <c r="N12" s="127"/>
+        <v>154.5</v>
+      </c>
+      <c r="L12" s="139"/>
+      <c r="M12" s="140"/>
+      <c r="N12" s="141"/>
       <c r="P12" s="84"/>
     </row>
     <row r="13" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="18" t="s">
         <v>64</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="19"/>
-      <c r="F13" s="115">
+      <c r="F13" s="163">
         <v>13.5</v>
       </c>
       <c r="G13" s="96">
         <f>F13+F4+F2</f>
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H13" s="68">
         <f>F13+F4+F2+F3</f>
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I13" s="96">
         <f>F13+F6+F2</f>
-        <v>104.5</v>
+        <v>105</v>
       </c>
       <c r="J13" s="68">
         <f>F13+F6+F2+F3</f>
-        <v>105.5</v>
-[...3 lines deleted...]
-      <c r="N13" s="130"/>
+        <v>106</v>
+      </c>
+      <c r="L13" s="142"/>
+      <c r="M13" s="143"/>
+      <c r="N13" s="144"/>
       <c r="P13" s="84"/>
     </row>
     <row r="14" spans="2:16" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="23" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="25"/>
-      <c r="F14" s="116"/>
+      <c r="F14" s="164"/>
       <c r="G14" s="96">
         <f>F13+F4+F2+F9</f>
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H14" s="68">
         <f>F13+F4+F2+F9+F3</f>
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I14" s="96">
         <f>F13+F6+F2+F9</f>
-        <v>136.5</v>
+        <v>137</v>
       </c>
       <c r="J14" s="68">
         <f>F13+F6+F2+F9+F3</f>
-        <v>137.5</v>
+        <v>138</v>
       </c>
       <c r="L14" s="93"/>
       <c r="M14" s="93"/>
       <c r="N14" s="93"/>
       <c r="P14" s="84"/>
     </row>
     <row r="15" spans="2:16" ht="21" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B15" s="18" t="s">
         <v>63</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="19"/>
-      <c r="F15" s="115">
+      <c r="F15" s="163">
         <v>13.5</v>
       </c>
       <c r="G15" s="65">
         <f>F15+F2</f>
         <v>28.5</v>
       </c>
       <c r="H15" s="62">
         <f>F15+F5+F3+F2</f>
-        <v>42.5</v>
+        <v>43.5</v>
       </c>
       <c r="I15" s="65">
         <f>F15+F7+F2</f>
-        <v>80</v>
+        <v>78.5</v>
       </c>
       <c r="J15" s="62">
         <f>F15+F7+F3+F2</f>
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="L15" s="122" t="s">
+        <v>79.5</v>
+      </c>
+      <c r="L15" s="136" t="s">
         <v>61</v>
       </c>
-      <c r="M15" s="123"/>
-      <c r="N15" s="124"/>
+      <c r="M15" s="137"/>
+      <c r="N15" s="138"/>
       <c r="P15" s="92"/>
     </row>
     <row r="16" spans="2:16" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="23" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="25"/>
-      <c r="F16" s="116"/>
+      <c r="F16" s="164"/>
       <c r="G16" s="66">
         <f>F15+F9+F2</f>
         <v>60.5</v>
       </c>
       <c r="H16" s="64">
         <f>F15+F5+F9+F3+F2</f>
-        <v>74.5</v>
+        <v>75.5</v>
       </c>
       <c r="I16" s="66">
         <f>F15+F7+F9+F2</f>
-        <v>112</v>
+        <v>110.5</v>
       </c>
       <c r="J16" s="64">
         <f>F15+F7+F9+F3+F2</f>
-        <v>113</v>
-[...3 lines deleted...]
-      <c r="N16" s="127"/>
+        <v>111.5</v>
+      </c>
+      <c r="L16" s="139"/>
+      <c r="M16" s="140"/>
+      <c r="N16" s="141"/>
       <c r="P16" s="84"/>
     </row>
     <row r="17" spans="2:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="108" t="s">
+      <c r="B17" s="156" t="s">
         <v>57</v>
       </c>
       <c r="C17" s="20" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="28"/>
       <c r="E17" s="22"/>
-      <c r="F17" s="115">
+      <c r="F17" s="163">
         <v>30</v>
       </c>
       <c r="G17" s="61">
         <f>F17+F4+F2</f>
-        <v>69.5</v>
+        <v>71.5</v>
       </c>
       <c r="H17" s="62">
         <f>F17+F4+F2+F3</f>
-        <v>70.5</v>
+        <v>72.5</v>
       </c>
       <c r="I17" s="61">
         <f>F17+F6+F2</f>
-        <v>121</v>
+        <v>121.5</v>
       </c>
       <c r="J17" s="62">
         <f>F17+F6+F2+F3</f>
-        <v>122</v>
-[...3 lines deleted...]
-      <c r="N17" s="127"/>
+        <v>122.5</v>
+      </c>
+      <c r="L17" s="139"/>
+      <c r="M17" s="140"/>
+      <c r="N17" s="141"/>
       <c r="P17" s="84"/>
     </row>
     <row r="18" spans="2:22" ht="21" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B18" s="109"/>
+      <c r="B18" s="157"/>
       <c r="C18" s="26" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="69"/>
       <c r="E18" s="27"/>
-      <c r="F18" s="117"/>
+      <c r="F18" s="165"/>
       <c r="G18" s="67">
         <f>F17+F4+F2+F9</f>
-        <v>101.5</v>
+        <v>103.5</v>
       </c>
       <c r="H18" s="68">
         <f>F17+F4+F9+F2+F3</f>
-        <v>102.5</v>
+        <v>104.5</v>
       </c>
       <c r="I18" s="67">
         <f>F17+F6+F9+F2</f>
-        <v>153</v>
+        <v>153.5</v>
       </c>
       <c r="J18" s="68">
         <f>F17+F6+F9+F2+F3</f>
-        <v>154</v>
-[...3 lines deleted...]
-      <c r="N18" s="127"/>
+        <v>154.5</v>
+      </c>
+      <c r="L18" s="139"/>
+      <c r="M18" s="140"/>
+      <c r="N18" s="141"/>
       <c r="P18" s="92"/>
     </row>
     <row r="19" spans="2:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="109"/>
+      <c r="B19" s="157"/>
       <c r="C19" s="74" t="s">
         <v>24</v>
       </c>
       <c r="D19" s="75"/>
       <c r="E19" s="76"/>
       <c r="F19" s="99">
         <v>14.5</v>
       </c>
       <c r="G19" s="77">
         <f>F19+F4+F2</f>
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H19" s="78">
         <f>F19+F4+F3+F2</f>
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I19" s="77">
         <f>F19+F6+F2</f>
-        <v>105.5</v>
+        <v>106</v>
       </c>
       <c r="J19" s="78">
         <f>F19+F6+F3+F2</f>
-        <v>106.5</v>
-[...3 lines deleted...]
-      <c r="N19" s="127"/>
+        <v>107</v>
+      </c>
+      <c r="L19" s="139"/>
+      <c r="M19" s="140"/>
+      <c r="N19" s="141"/>
       <c r="P19" s="84"/>
     </row>
     <row r="20" spans="2:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="109"/>
+      <c r="B20" s="157"/>
       <c r="C20" s="74" t="s">
         <v>67</v>
       </c>
       <c r="D20" s="75"/>
       <c r="E20" s="76"/>
       <c r="F20" s="99">
         <v>13.5</v>
       </c>
       <c r="G20" s="77">
         <f>F20+F4+F2</f>
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H20" s="78">
         <f>F20+F4+F2+F3</f>
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I20" s="77">
         <f>F20+F6+F2</f>
-        <v>104.5</v>
+        <v>105</v>
       </c>
       <c r="J20" s="78">
         <f>F20+F6+F2+F3</f>
-        <v>105.5</v>
-[...3 lines deleted...]
-      <c r="N20" s="127"/>
+        <v>106</v>
+      </c>
+      <c r="L20" s="139"/>
+      <c r="M20" s="140"/>
+      <c r="N20" s="141"/>
       <c r="P20" s="84"/>
     </row>
     <row r="21" spans="2:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="109"/>
+      <c r="B21" s="157"/>
       <c r="C21" s="74" t="s">
         <v>45</v>
       </c>
       <c r="D21" s="75"/>
       <c r="E21" s="76"/>
       <c r="F21" s="99">
         <v>8</v>
       </c>
       <c r="G21" s="77">
         <f>F21+F5+F2</f>
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H21" s="78">
         <f>F21+F5+F3+F2</f>
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I21" s="77">
         <f>F21+F8+F2</f>
         <v>87</v>
       </c>
       <c r="J21" s="78">
         <f>F21+F8+F2+F3</f>
         <v>88</v>
       </c>
-      <c r="L21" s="125"/>
-[...1 lines deleted...]
-      <c r="N21" s="127"/>
+      <c r="L21" s="139"/>
+      <c r="M21" s="140"/>
+      <c r="N21" s="141"/>
     </row>
     <row r="22" spans="2:22" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="110"/>
+      <c r="B22" s="158"/>
       <c r="C22" s="23" t="s">
         <v>46</v>
       </c>
       <c r="D22" s="70"/>
       <c r="E22" s="25"/>
       <c r="F22" s="100">
         <v>0</v>
       </c>
       <c r="G22" s="63">
         <f>F2+F22</f>
         <v>15</v>
       </c>
       <c r="H22" s="64">
         <f>F2+F3+F22</f>
         <v>16</v>
       </c>
       <c r="I22" s="63">
         <f>F22+F7+F2</f>
-        <v>66.5</v>
+        <v>65</v>
       </c>
       <c r="J22" s="64">
         <f>F22+F7+F3+F2</f>
-        <v>67.5</v>
-[...3 lines deleted...]
-      <c r="N22" s="127"/>
+        <v>66</v>
+      </c>
+      <c r="L22" s="139"/>
+      <c r="M22" s="140"/>
+      <c r="N22" s="141"/>
     </row>
     <row r="23" spans="2:22" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="31" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="28"/>
       <c r="D23" s="28"/>
       <c r="E23" s="29" t="s">
         <v>44</v>
       </c>
       <c r="F23" s="22"/>
       <c r="G23" s="87"/>
       <c r="H23" s="88"/>
       <c r="I23" s="87"/>
       <c r="J23" s="89"/>
-      <c r="L23" s="125"/>
-[...1 lines deleted...]
-      <c r="N23" s="127"/>
+      <c r="L23" s="139"/>
+      <c r="M23" s="140"/>
+      <c r="N23" s="141"/>
     </row>
     <row r="24" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="31" t="s">
         <v>60</v>
       </c>
       <c r="C24" s="30"/>
       <c r="D24" s="30"/>
       <c r="E24" s="29"/>
       <c r="F24" s="29"/>
-      <c r="G24" s="162" t="s">
+      <c r="G24" s="121" t="s">
         <v>36</v>
       </c>
-      <c r="H24" s="163"/>
-[...4 lines deleted...]
-      <c r="N24" s="130"/>
+      <c r="H24" s="122"/>
+      <c r="I24" s="122"/>
+      <c r="J24" s="123"/>
+      <c r="L24" s="142"/>
+      <c r="M24" s="143"/>
+      <c r="N24" s="144"/>
     </row>
     <row r="25" spans="2:22" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="81"/>
       <c r="C25" s="81"/>
       <c r="D25" s="82"/>
       <c r="E25" s="82"/>
       <c r="F25" s="82"/>
       <c r="G25" s="82"/>
       <c r="H25" s="82"/>
       <c r="I25" s="82"/>
       <c r="J25" s="82"/>
       <c r="K25" s="82"/>
       <c r="L25" s="82"/>
       <c r="N25" s="79"/>
     </row>
     <row r="26" spans="2:22" ht="102" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B26" s="146" t="s">
+      <c r="B26" s="105" t="s">
         <v>71</v>
       </c>
-      <c r="C26" s="147"/>
-[...10 lines deleted...]
-      <c r="N26" s="148"/>
+      <c r="C26" s="106"/>
+      <c r="D26" s="106"/>
+      <c r="E26" s="106"/>
+      <c r="F26" s="106"/>
+      <c r="G26" s="106"/>
+      <c r="H26" s="106"/>
+      <c r="I26" s="106"/>
+      <c r="J26" s="106"/>
+      <c r="K26" s="106"/>
+      <c r="L26" s="106"/>
+      <c r="M26" s="106"/>
+      <c r="N26" s="107"/>
     </row>
     <row r="27" spans="2:22" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="83"/>
       <c r="C27" s="83"/>
       <c r="D27" s="83"/>
       <c r="E27" s="83"/>
       <c r="F27" s="83"/>
       <c r="G27" s="83"/>
       <c r="H27" s="83"/>
       <c r="I27" s="83"/>
       <c r="J27" s="83"/>
       <c r="K27" s="83"/>
       <c r="L27" s="83"/>
       <c r="N27" s="79"/>
     </row>
     <row r="28" spans="2:22" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B28" s="149" t="s">
+      <c r="B28" s="108" t="s">
         <v>72</v>
       </c>
-      <c r="C28" s="150"/>
-[...10 lines deleted...]
-      <c r="N28" s="151"/>
+      <c r="C28" s="109"/>
+      <c r="D28" s="109"/>
+      <c r="E28" s="109"/>
+      <c r="F28" s="109"/>
+      <c r="G28" s="109"/>
+      <c r="H28" s="109"/>
+      <c r="I28" s="109"/>
+      <c r="J28" s="109"/>
+      <c r="K28" s="109"/>
+      <c r="L28" s="109"/>
+      <c r="M28" s="109"/>
+      <c r="N28" s="110"/>
     </row>
     <row r="29" spans="2:22" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="83"/>
       <c r="C29" s="83"/>
       <c r="D29" s="83"/>
       <c r="E29" s="83"/>
       <c r="F29" s="83"/>
       <c r="G29" s="83"/>
       <c r="H29" s="83"/>
       <c r="I29" s="83"/>
       <c r="J29" s="83"/>
       <c r="K29" s="83"/>
       <c r="L29" s="83"/>
     </row>
     <row r="30" spans="2:22" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B30" s="111" t="s">
+      <c r="B30" s="159" t="s">
         <v>62</v>
       </c>
-      <c r="C30" s="111"/>
-[...5 lines deleted...]
-      <c r="I30" s="113" t="s">
+      <c r="C30" s="159"/>
+      <c r="D30" s="159"/>
+      <c r="E30" s="159"/>
+      <c r="F30" s="159"/>
+      <c r="G30" s="159"/>
+      <c r="H30" s="160"/>
+      <c r="I30" s="161" t="s">
         <v>30</v>
       </c>
-      <c r="J30" s="113"/>
-[...1 lines deleted...]
-      <c r="L30" s="132"/>
+      <c r="J30" s="161"/>
+      <c r="K30" s="170"/>
+      <c r="L30" s="171"/>
       <c r="N30" s="90" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="2:22" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="C31" s="32"/>
       <c r="D31" s="33" t="s">
         <v>35</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="34"/>
       <c r="H31" s="32"/>
-      <c r="I31" s="113" t="s">
+      <c r="I31" s="161" t="s">
         <v>31</v>
       </c>
-      <c r="J31" s="113"/>
-[...1 lines deleted...]
-      <c r="L31" s="119"/>
+      <c r="J31" s="161"/>
+      <c r="K31" s="166"/>
+      <c r="L31" s="167"/>
       <c r="N31" s="91" t="s">
         <v>56</v>
       </c>
       <c r="O31" s="84"/>
       <c r="P31" s="84"/>
       <c r="Q31" s="84"/>
       <c r="R31" s="84"/>
       <c r="S31" s="84"/>
       <c r="T31" s="84"/>
       <c r="U31" s="84"/>
       <c r="V31" s="84"/>
     </row>
     <row r="32" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="35" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="36"/>
       <c r="D32" s="36"/>
       <c r="E32" s="37"/>
       <c r="F32" s="38" t="s">
         <v>8</v>
       </c>
       <c r="G32" s="39" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="30"/>
-      <c r="I32" s="113"/>
-[...2 lines deleted...]
-      <c r="L32" s="121"/>
+      <c r="I32" s="161"/>
+      <c r="J32" s="161"/>
+      <c r="K32" s="168"/>
+      <c r="L32" s="169"/>
       <c r="N32" s="80"/>
       <c r="O32" s="80"/>
       <c r="P32" s="80"/>
       <c r="Q32" s="80"/>
       <c r="R32" s="80"/>
       <c r="S32" s="80"/>
       <c r="T32" s="80"/>
       <c r="U32" s="80"/>
       <c r="V32" s="84"/>
     </row>
     <row r="33" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="40" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="41"/>
       <c r="D33" s="41"/>
       <c r="E33" s="42"/>
       <c r="F33" s="43" t="s">
         <v>10</v>
       </c>
       <c r="G33" s="43" t="s">
         <v>10</v>
       </c>
       <c r="H33" s="30"/>
-      <c r="I33" s="114" t="s">
+      <c r="I33" s="162" t="s">
         <v>28</v>
       </c>
-      <c r="J33" s="114"/>
-[...1 lines deleted...]
-      <c r="L33" s="114"/>
+      <c r="J33" s="162"/>
+      <c r="K33" s="162"/>
+      <c r="L33" s="162"/>
       <c r="N33" s="85" t="s">
         <v>55</v>
       </c>
       <c r="O33" s="84"/>
       <c r="P33" s="84"/>
       <c r="Q33" s="84"/>
       <c r="R33" s="84"/>
       <c r="S33" s="84"/>
       <c r="T33" s="84"/>
       <c r="U33" s="84"/>
       <c r="V33" s="84"/>
     </row>
     <row r="34" spans="2:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="45"/>
       <c r="D34" s="45"/>
       <c r="E34" s="46"/>
       <c r="F34" s="47" t="s">
         <v>10</v>
       </c>
       <c r="G34" s="47" t="s">
         <v>10</v>
       </c>
       <c r="H34" s="30"/>
       <c r="I34" s="30"/>
       <c r="J34" s="30"/>
       <c r="K34" s="30"/>
       <c r="L34" s="30"/>
-      <c r="N34" s="133"/>
+      <c r="N34" s="151"/>
       <c r="O34" s="84"/>
       <c r="P34" s="84"/>
       <c r="Q34" s="84"/>
       <c r="R34" s="84"/>
       <c r="S34" s="84"/>
       <c r="T34" s="84"/>
       <c r="U34" s="84"/>
       <c r="V34" s="84"/>
     </row>
     <row r="35" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C35" s="45"/>
       <c r="D35" s="45"/>
       <c r="E35" s="46"/>
       <c r="F35" s="47" t="s">
         <v>10</v>
       </c>
       <c r="G35" s="47" t="s">
         <v>10</v>
       </c>
       <c r="I35" s="30"/>
       <c r="J35" s="30"/>
       <c r="K35" s="30"/>
       <c r="L35" s="30"/>
-      <c r="N35" s="134"/>
+      <c r="N35" s="152"/>
       <c r="O35" s="84"/>
       <c r="P35" s="84"/>
       <c r="Q35" s="84"/>
       <c r="R35" s="84"/>
       <c r="S35" s="84"/>
       <c r="T35" s="84"/>
       <c r="U35" s="84"/>
       <c r="V35" s="84"/>
     </row>
     <row r="36" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B36" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="46"/>
       <c r="F36" s="47" t="s">
         <v>10</v>
       </c>
       <c r="G36" s="47" t="s">
         <v>10</v>
       </c>
       <c r="H36" s="95" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="94"/>
-      <c r="J36" s="107" t="s">
+      <c r="J36" s="155" t="s">
         <v>32</v>
       </c>
-      <c r="K36" s="107"/>
-      <c r="L36" s="107"/>
+      <c r="K36" s="155"/>
+      <c r="L36" s="155"/>
       <c r="N36" s="85" t="s">
         <v>38</v>
       </c>
       <c r="O36" s="84"/>
       <c r="P36" s="84"/>
       <c r="Q36" s="84"/>
       <c r="R36" s="84"/>
       <c r="S36" s="84"/>
       <c r="T36" s="84"/>
       <c r="U36" s="84"/>
       <c r="V36" s="84"/>
     </row>
     <row r="37" spans="2:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="45"/>
       <c r="D37" s="45"/>
       <c r="E37" s="46"/>
       <c r="F37" s="47" t="s">
         <v>10</v>
       </c>
       <c r="G37" s="47" t="s">
         <v>10</v>
       </c>
       <c r="H37" s="30"/>
       <c r="I37" s="30"/>
       <c r="J37" s="30"/>
       <c r="K37" s="30"/>
       <c r="L37" s="30"/>
-      <c r="N37" s="133"/>
+      <c r="N37" s="151"/>
       <c r="O37" s="84"/>
       <c r="P37" s="84"/>
       <c r="Q37" s="84"/>
       <c r="R37" s="84"/>
       <c r="S37" s="84"/>
       <c r="T37" s="84"/>
       <c r="U37" s="84"/>
       <c r="V37" s="84"/>
     </row>
     <row r="38" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="44" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="48"/>
       <c r="D38" s="48"/>
       <c r="E38" s="46"/>
       <c r="F38" s="47" t="s">
         <v>10</v>
       </c>
       <c r="G38" s="47" t="s">
         <v>10</v>
       </c>
       <c r="H38" s="30"/>
       <c r="I38" s="30"/>
-      <c r="J38" s="145"/>
-[...2 lines deleted...]
-      <c r="N38" s="134"/>
+      <c r="J38" s="150"/>
+      <c r="K38" s="150"/>
+      <c r="L38" s="150"/>
+      <c r="N38" s="152"/>
       <c r="O38" s="80"/>
       <c r="P38" s="80"/>
       <c r="Q38" s="80"/>
       <c r="R38" s="80"/>
       <c r="S38" s="80"/>
       <c r="T38" s="80"/>
       <c r="U38" s="80"/>
       <c r="V38" s="84"/>
     </row>
     <row r="39" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B39" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C39" s="45"/>
       <c r="D39" s="45"/>
       <c r="E39" s="49"/>
       <c r="F39" s="50" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="47" t="s">
         <v>10</v>
       </c>
       <c r="H39" s="30"/>
       <c r="I39" s="30"/>
-      <c r="J39" s="145"/>
-[...1 lines deleted...]
-      <c r="L39" s="145"/>
+      <c r="J39" s="150"/>
+      <c r="K39" s="150"/>
+      <c r="L39" s="150"/>
       <c r="N39" s="85" t="s">
         <v>37</v>
       </c>
       <c r="O39" s="84"/>
       <c r="P39" s="84"/>
       <c r="Q39" s="84"/>
       <c r="R39" s="84"/>
       <c r="S39" s="84"/>
       <c r="T39" s="84"/>
       <c r="U39" s="84"/>
       <c r="V39" s="84"/>
     </row>
     <row r="40" spans="2:22" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="44" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="48"/>
       <c r="D40" s="48"/>
       <c r="E40" s="49"/>
       <c r="F40" s="50" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="47" t="s">
         <v>10</v>
       </c>
       <c r="H40" s="30"/>
       <c r="I40" s="30"/>
-      <c r="J40" s="145"/>
-[...2 lines deleted...]
-      <c r="N40" s="142"/>
+      <c r="J40" s="150"/>
+      <c r="K40" s="150"/>
+      <c r="L40" s="150"/>
+      <c r="N40" s="147"/>
     </row>
     <row r="41" spans="2:22" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B41" s="51" t="s">
         <v>17</v>
       </c>
       <c r="C41" s="52"/>
       <c r="D41" s="52"/>
       <c r="E41" s="53"/>
       <c r="F41" s="54" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="55" t="s">
         <v>10</v>
       </c>
       <c r="H41" s="30"/>
       <c r="I41" s="30"/>
-      <c r="J41" s="145"/>
-[...2 lines deleted...]
-      <c r="N41" s="143"/>
+      <c r="J41" s="150"/>
+      <c r="K41" s="150"/>
+      <c r="L41" s="150"/>
+      <c r="N41" s="148"/>
       <c r="O41" s="82"/>
       <c r="P41" s="82"/>
       <c r="Q41" s="82"/>
       <c r="R41" s="82"/>
       <c r="S41" s="82"/>
       <c r="T41" s="82"/>
       <c r="U41" s="82"/>
     </row>
     <row r="42" spans="2:22" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B42" s="56"/>
       <c r="C42" s="32"/>
       <c r="D42" s="32"/>
       <c r="E42" s="57"/>
       <c r="F42" s="57"/>
       <c r="G42" s="57"/>
       <c r="H42" s="30"/>
       <c r="I42" s="30"/>
       <c r="J42" s="30"/>
       <c r="K42" s="30"/>
       <c r="L42" s="30"/>
     </row>
     <row r="43" spans="2:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B43" s="58" t="s">
         <v>18</v>
       </c>
       <c r="C43" s="71"/>
       <c r="D43" s="72"/>
       <c r="E43" s="58" t="s">
         <v>19</v>
       </c>
       <c r="F43" s="72"/>
       <c r="G43" s="58" t="s">
         <v>43</v>
       </c>
       <c r="H43" s="71"/>
       <c r="I43" s="58" t="s">
         <v>42</v>
       </c>
       <c r="J43" s="72"/>
-      <c r="K43" s="138" t="s">
+      <c r="K43" s="134" t="s">
         <v>25</v>
       </c>
-      <c r="L43" s="139"/>
-[...1 lines deleted...]
-      <c r="N43" s="139"/>
+      <c r="L43" s="135"/>
+      <c r="M43" s="135"/>
+      <c r="N43" s="135"/>
     </row>
     <row r="44" spans="2:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B44" s="135"/>
-[...11 lines deleted...]
-      <c r="N44" s="137"/>
+      <c r="B44" s="131"/>
+      <c r="C44" s="132"/>
+      <c r="D44" s="133"/>
+      <c r="E44" s="131"/>
+      <c r="F44" s="133"/>
+      <c r="G44" s="131"/>
+      <c r="H44" s="133"/>
+      <c r="I44" s="131"/>
+      <c r="J44" s="133"/>
+      <c r="K44" s="131"/>
+      <c r="L44" s="132"/>
+      <c r="M44" s="132"/>
+      <c r="N44" s="133"/>
     </row>
     <row r="45" spans="2:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B45" s="58" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="71"/>
       <c r="D45" s="71"/>
       <c r="E45" s="73"/>
       <c r="F45" s="58" t="s">
         <v>21</v>
       </c>
       <c r="G45" s="72"/>
       <c r="H45" s="58" t="s">
         <v>22</v>
       </c>
       <c r="I45" s="72"/>
       <c r="J45" s="58" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="71"/>
       <c r="L45" s="72"/>
       <c r="M45" s="86"/>
       <c r="N45" s="59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46" spans="2:22" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B46" s="135"/>
-[...11 lines deleted...]
-      <c r="N46" s="137"/>
+      <c r="B46" s="131"/>
+      <c r="C46" s="132"/>
+      <c r="D46" s="132"/>
+      <c r="E46" s="133"/>
+      <c r="F46" s="145"/>
+      <c r="G46" s="146"/>
+      <c r="H46" s="131"/>
+      <c r="I46" s="133"/>
+      <c r="J46" s="145"/>
+      <c r="K46" s="149"/>
+      <c r="L46" s="146"/>
+      <c r="M46" s="131"/>
+      <c r="N46" s="133"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7GaVgHJLePNqGf/7NCVBaN2kPxUTDN7pvA+g3qWT1V//Z3SlLqfqKPwFYkDgSDve3A321uWSArYZXyVUKTnvWw==" saltValue="vUtIoUdyZI2MaEMuZJCryg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="kGklEeFRc6zjYKuue/XxXiz8MnZu1RcBwiX52BCM60BgkkiwsklBtulfHaSApgVFrzezKxrDSLMO10EHR2SNTA==" saltValue="yxVGhfAdmJvpyynpcrI8gA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange password="E5FA" sqref="I46 C44:D46 G46 E43:E44 B43:B46 G44:J44 E46 H45:H46 F44:F46 J45:J46 N39 N36 N43 G43 N45 K44:L46 N33 I43:K43" name="Plage3"/>
   </protectedRanges>
   <mergeCells count="41">
-    <mergeCell ref="B26:N26"/>
-[...7 lines deleted...]
-    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="F1:N1"/>
+    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="J36:L36"/>
+    <mergeCell ref="B17:B22"/>
+    <mergeCell ref="B30:H30"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="I33:L33"/>
+    <mergeCell ref="I31:J32"/>
+    <mergeCell ref="F11:F12"/>
+    <mergeCell ref="F15:F16"/>
+    <mergeCell ref="F17:F18"/>
+    <mergeCell ref="K31:L32"/>
+    <mergeCell ref="L2:N5"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="N34:N35"/>
+    <mergeCell ref="F13:F14"/>
     <mergeCell ref="K44:N44"/>
     <mergeCell ref="K43:N43"/>
     <mergeCell ref="L7:N13"/>
     <mergeCell ref="L15:N24"/>
     <mergeCell ref="B46:E46"/>
     <mergeCell ref="E44:F44"/>
     <mergeCell ref="F46:G46"/>
     <mergeCell ref="N40:N41"/>
     <mergeCell ref="H46:I46"/>
     <mergeCell ref="J46:L46"/>
     <mergeCell ref="J38:L41"/>
     <mergeCell ref="B44:D44"/>
     <mergeCell ref="M46:N46"/>
     <mergeCell ref="N37:N38"/>
     <mergeCell ref="G44:H44"/>
     <mergeCell ref="I44:J44"/>
-    <mergeCell ref="F1:N1"/>
-[...14 lines deleted...]
-    <mergeCell ref="F13:F14"/>
+    <mergeCell ref="B26:N26"/>
+    <mergeCell ref="B28:N28"/>
+    <mergeCell ref="G2:H7"/>
+    <mergeCell ref="I2:J7"/>
+    <mergeCell ref="G24:J24"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="I9:I10"/>
+    <mergeCell ref="J9:J10"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G23">
       <formula1>$G$11:$G$22</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H23">
       <formula1>$H$11:$H$22</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I23">
       <formula1>$I$11:$I$22</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J23">
       <formula1>$J$11:$J$22</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="F31" r:id="rId1"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="57" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">